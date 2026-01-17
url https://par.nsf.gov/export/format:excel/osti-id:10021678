--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10021678</t>
-[...8 lines deleted...]
-    <t>Shin, Donghyeok; Kim, Junwhan; Yu, Byunggu; Jeong, Dong H.</t>
+    <t>10483234</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41559-023-02167-w</t>
+  </si>
+  <si>
+    <t>Rules of teeth development align microevolution with macroevolution in extant and extinct primates</t>
+  </si>
+  <si>
+    <t>Machado, Fabio A.; Mongle, Carrie S.; Slater, Graham; Penna, Anna; Wisniewski, Anna; Soffin, Anna; Dutra, Vitor; Uyeda, Josef C.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2016-08-01T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>A mini quadrotor can be used in many applications, such as indoor airborne surveillance, payload delivery, and warehouse monitoring. In these applications, vision-based autonomous navigation is one of the most interesting research topics because precise navigation can be implemented based on vision analysis. However, pixel-based vision analysis approaches require a high-powered computer, which is inappropriate to be attached to a small indoor quadrotor. This paper proposes a method called the Motion-vector-based Moving Objects Detection. This method detects and avoids obstacles using stereo motion vectors instead of individual pixels, thereby substantially reducing the data processing requirement. Although this method can also be used in the avoidance of stationary obstacles by taking into account the ego-motion of the quadrotor, this paper primarily focuses on providing our empirical verification on the real-time avoidance of moving objects.</t>
+    <t>2023-10-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Nature Ecology &amp; Evolution</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>1729 to 1739</t>
+  </si>
+  <si>
+    <t>2397-334X</t>
+  </si>
+  <si>
+    <t>Macroevolutionary biologists have classically rejected the notion that higher-level patterns of divergence arise through microevolutionary processes acting within populations. For morphology, this consensus partly derives from the inability of quantitative genetics models to correctly predict the behaviour of evolutionary processes at the scale of millions of years. Developmental studies (evo-devo) have been proposed to reconcile micro- and macroevolution. However, there has been little progress in establishing a formal framework to apply evo-devo models of phenotypic diversification. Here we reframe this issue by asking whether using evo-devo models to quantify biological variation can improve the explanatory power of comparative models, thus helping us bridge the gap between micro- and macroevolution. We test this prediction by evaluating the evolution of primate lower molars in a comprehensive dataset densely sampled across living and extinct taxa. Our results suggest that biologically informed morphospaces alongside quantitative genetics models allow a seamless transition between the micro- and macroscales, whereas biologically uninformed spaces do not. We show that the adaptive landscape for primate teeth is corridor like, with changes in morphology within the corridor being nearly neutral. Overall, our framework provides a basis for integrating evo-devo into the modern synthesis, allowing an operational way to evaluate the ultimate causes of macroevolution.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1521153</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1942717</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -287,79 +296,87 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>41</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>32</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>