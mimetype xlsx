--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10025813</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>HyperTools: A Python toolbox for visualizing and manipulating high-dimensional data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Heusser, Andrew C; Ziman, Kirsten; Owen, Lucy LW; Manning, Jeremy R</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2017-01-28T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>arXiv.org</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2331-8422</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Data visualizations can reveal trends and patterns that are not otherwise obvious from the raw data or summary statistics. While visualizing low-dimensional data is relatively straightforward (for example, plotting the change in a variable over time as (x,y) coordinates on a graph), it is not always obvious how to visualize high-dimensional datasets in a similarly intuitive way. Here we present HypeTools, a Python toolbox for visualizing and manipulating large, high-dimensional datasets. Our primary approach is to use dimensionality reduction techniques (Pearson, 1901; Tipping &amp; Bishop, 1999) to embed high-dimensional datasets in a lower-dimensional space, and plot the data using a simple (yet powerful) API with many options for data manipulation [e.g. hyperalignment (Haxby et al., 2011), clustering, normalizing, etc.] and plot styling. The toolbox is designed around the notion of data trajectories and point clouds. Just as the position of an object moving through space can be visualized as a 3D trajectory, HyperTools uses dimensionality reduction algorithms to create similar 2D and 3D trajectories for time series of high-dimensional observations. The trajectories may be plotted as interactive static plots or visualized as animations. These same dimensionality reduction and alignment algorithms can also reveal structure in static datasets (e.g. collections of observations or attributes). We present several examples showcasing how using our toolbox to explore data through trajectories and low-dimensional embeddings can reveal deep insights into datasets across a wide variety of domains.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1632738</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>