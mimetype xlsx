--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10026245</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Computational Thinking in Practice: How STEM Professionals Use CT in Their Work</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Beheshti, E.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2017-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>American Education Research Association Annual Meeting 2017</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The goal of this study is to bring current computational thinking in STEM educational efforts in line with the increasingly computational nature of STEM research practices. We conducted interviews with STEM practitioners in various fields to understand the nature of CT as it happens in authentic research settings and to revisit a first iteration of our definition of CT in form of a taxonomy. This exploration gives us insight into how scientists use computers in their work and help us identify what practices are important to include in high school STEM learning contexts. Our findings will inform the design of classroom activities to better prepare today’s students for the modern STEM landscape that awaits them.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1640201</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>