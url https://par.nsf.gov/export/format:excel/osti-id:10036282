--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10036282</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/ascelibrary.org/doi/abs/10.1061/9780784480779.227</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>On Suitability of Element Tests to Represent Constitutive Response of Liquefiable Soils</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Manzari, M.T.; Yonten, K.Y.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2017-07-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Sixth Biot Conference on Poromechanics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Calibration and validation of constitutive models and numerical modeling techniques used in analysis of soil liquefaction and its effects are often based on extensive comparisons with the results of element tests and centrifuge experiments. While good quality experimental data are available to understand and quantify the stress-strain-strength response of liquefiable soils in monotonic and cyclic drained/undrained element (triaxial and direct simple shear) tests, the results of these experiments are often less repeatable when the soil approaches liquefaction state and relatively large deviatoric strains suddenly develop within a few cycles of loading. The main source of these less repeatable patterns of soil behavior appears to be instability rather than the attainment of a state of material failure. The goal of this paper is to investigate the role of instability on the stress-strain response of liquefiable soils by using a critical state sand plasticity model that is enriched with an internal length scale representing the potential shear bands that may develop during monotonic or cyclic loading conditions. Through a series of numerical simulations, it is shown that the global stress-strain response measured in the element tests is a good approximation of the soil constitutive response before an unstable condition such as shear banding or liquefaction develops in the soil specimen.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1635524</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>