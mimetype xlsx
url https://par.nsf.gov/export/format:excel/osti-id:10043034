--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10043034</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/SmartGridComm.2016.7778765</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data-driven pricing of demand response</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Khezeli, Kia; Bitar, Eilyan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2016-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2016 IEEE International Conference on Smart Grid Communications (SmartGridComm)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>224 to 229</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We consider the setting in which an electric power utility seeks to curtail its peak electricity demand by offering a fixed group of customers a uniform price for reductions in consumption relative to their predetermined baselines. The underlying demand curve, which describes the aggregate reduction in consumption in response to the offered price, is assumed to be affine and subject to unobservable random shocks. Assuming that both the parameters of the demand curve and the distribution of the random shocks are initially unknown to the utility, we investigate the extent to which the utility might dynamically adjust its offered prices to maximize its cumulative risk-sensitive payoff over a finite number of T days. In order to do so effectively, the utility must design its pricing policy to balance the tradeoff between the need to learn the unknown demand model (exploration) and maximize its payoff (exploitation) over time. In this paper, we propose such a pricing policy, which is shown to exhibit an expected payoff loss over T days that is at most O(√T), relative to an oracle who knows the underlying demand model. Moreover, the proposed pricing policy is shown to yield a sequence of prices that converge to the oracle optimal prices in the mean square sense.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1632124</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>