--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10047685</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Towards Scalable Cluster Auditing through Grammatical Inference over Provenance Graphs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hassan, Wajih Ul; Aguse, Lemay; Aguse, Nuraini; Bates, Adam; Moyer, Thomas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Network and Distributed Systems Security Symposium</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Investigating the nature of system intrusions in large distributed systems remains a notoriously difficult challenge. While monitoring tools (e.g., Firewalls, IDS) provide preliminary alerts through easy-to-use administrative interfaces, attack reconstruction still requires that administrators sift through gigabytes of system audit logs stored locally on hundreds of machines. At present, two fundamental obstacles prevent synergy between system-layer auditing and modern cluster monitoring tools: 1) the sheer volume of audit data generated in a data center is prohibitively costly to transmit to a central node, and 2) system- layer auditing poses a “needle-in-a-haystack” problem, such that hundreds of employee hours may be required to diagnose a single intrusion.
+This paper presents Winnower, a scalable system for audit-based cluster monitoring that addresses these challenges. Our key insight is that, for tasks that are replicated across nodes in a distributed application, a model can be defined over audit logs to succinctly summarize the behavior of many nodes, thus eliminating the need to transmit redundant audit records to a central monitoring node. Specifically, Winnower parses audit records into provenance graphs that describe the actions of individual nodes, then performs grammatical inference over individual graphs using a novel adaptation of Deterministic Finite Automata (DFA) Learning to produce a behavioral model of many nodes at once. This provenance model can be efficiently transmitted to a central node and used to identify anomalous events in the cluster. We have implemented Winnower for Docker Swarm container clusters and evaluate our system against real-world applications and attacks. We show that Winnower dramatically reduces storage and network overhead associated with aggregating system audit logs, by as much as 98%, without sacrificing the important information needed for attack investigation. Winnower thus represents a significant step forward for security monitoring in distributed systems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1657534; 1750024</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>