--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10048275</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Adaptive Schema Databases</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Spoth, W.; Arab, B. S.; Chan, E. S.; Gawlick, D.; Ghoneimy, A.; Glavic, B.; Hammerschmidt, B.; Kennedy, O.; Lee, S.; Liu, Z. H.; Niu, X.; Yang, Y.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2017-01-04T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>CIDR 2017, 8th Biennial Conference on Innovative Data Systems Research, Chaminade, CA, USA, January 8-11, 2017, Online Proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The rigid schemas of classical relational databases help users in specifying queries and inform the storage organization of data. However, the advantages of schemas come at a high upfront cost through schema and ETL process design. In this work, we propose a new paradigm where the database system takes a more active role in schema development and data integration. We refer to this approach as adaptive schema databases (ASDs). An ASD ingests semi-structured or unstructured data directly using a pluggable combination of extraction  and data integration techniques. Over time it discovers and adapts schemas for the ingested data using information provided by data integration and information extraction techniques, as well as from queries and user-feedback. In contrast to relational databases, ASDs maintain multiple schema workspaces that represent individualized views over the data, which are fine-tuned to the needs of a particular user or group of users. A novel aspect of ASDs is that probabilistic database techniques are used to encode ambiguity in automatically generated data extraction workflows and in generated schemas.  ASDs can provide users with context-dependent feedback on the quality of a schema, both in terms of its ability to satisfy a user's queries, and the quality of the resulting answers.  We outline our vision for ASDs, and present a proof of concept implementation as part of the Mimir probabilistic data curation system.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1640864</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>