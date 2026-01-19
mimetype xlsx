--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,107 +86,100 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10345160</t>
-[...8 lines deleted...]
-    <t>Chen, Xiaotian; Stegagno, Paolo; Zeng, Wei; Yuan, Chengzhi</t>
+    <t>10050317</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/jbm.a.36278</t>
+  </si>
+  <si>
+    <t>Enhanced hepatogenic differentiation of bone marrow derived mesenchymal stem cells on liver ECM hydrogel</t>
+  </si>
+  <si>
+    <t>Wang, Bo [Biomedical Engineering Program Alabama State University Montgomery AL 36014]; Li, Wuwei [Department of Oral and Maxillofacial Surgery School of Stomatology, Dalian Medical University  Liaoning 116044 China]; Dean, Derrick [Biomedical Engineering Program Alabama State University Montgomery AL 36014]; Mishra, Manoj K. [College of Science Mathematics and Technology, Alabama State University Montgomery AL 36104]; Wekesa, Kennedy S. [College of Science Mathematics and Technology, Alabama State University Montgomery AL 36104]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-06-14T04:00:00Z</t>
-[...28 lines deleted...]
-motion trajectories.</t>
+    <t>2017-12-12T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Biomedical Materials Research Part A</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>p. 829-838</t>
+  </si>
+  <si>
+    <t>1549-3296</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Bone marrow derived mesenchymal stem cells (BM‐MSC) is a promising alternative cell source to primary hepatocytes because of their ability to differentiate into hepatocyte‐like cells. However, their inability to differentiate efficiently and potential to turn into myofibroblasts restrict their applications. This study developed a plate coating from the liver extracellular matrix (ECM) and investigated its ability in facilitating the BM‐MSCs proliferation, hepatic differentiation, and hepatocyte‐specific functions during&lt;italic&gt;in vitro&lt;/italic&gt;culture. After 28‐day culture, BM‐MSCs on the ECM coating showed hepatocyte‐like morphology, and certain cells took up low‐density lipoprotein. Synthesis of albumin, urea, and anti‐alpha‐fetoprotein, as well as expression of certain hepatic markers, in cells cultured on ECM were higher than cells cultured on non‐coated and Matrigel&lt;italic&gt;‐&lt;/italic&gt;coated plates. mRNA levels of CYP3A4, albumin, CK18, and CYP7A1 in cells on ECM coating were significantly higher than cells cultured on the non‐coating environment. In conclusion, viability and hepatogenic differentiation of BM‐MSCs cultured on both Matrigel and ECM coating were significantly enhanced compared with those cultured on non‐coated plates. Moreover, the liver ECM coating induced additional metabolic functions relative to the Matrigel coating. The liver ECM hydrogel preserves the natural composition, promotes simple gelling, induces efficient stem cell hepatogenic differentiation, and may have uses as an injectable intermedium for hepatocytes. © 2017 Wiley Periodicals, Inc. J Biomed Mater Res Part A: 106A: 829–838, 2018.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1929729</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1700191</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -307,79 +300,87 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-[...1 lines deleted...]
-      <c r="K2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>41</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>42</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>