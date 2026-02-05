--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10057537</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3078072.3079755</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Haptic Bridge: Towards a Theory for Haptic-Supported Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Davis, Richard Lee; Orta Martinez, Melisa; Schneider, Oliver; MacLean, Karon E.; Okamura, Allison M.; Blikstein, Paulo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2017-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Conference on Interaction Design and Children</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>51-60</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Haptic force feedback systems are unique in their ability to dynamically render physical representations. Although haptic devices have shown promise for supporting learning, prior work mainly describes results of haptic-supported learning without identifying underlying learning mechanisms. To this end, we designed a haptic-supported learning environment and analyzed four students who used it to make connections between two different mathematical representations of sine and cosine: the unit circle, and their graph on the Cartesian plane. We highlight moments where students made connections between the representations, and identify how the haptic feedback supported these moments of insight. We use this evidence in support of a proposed theoretical and design framework for educational haptics. This framework captures four types of haptic representations, and focuses on one -- the haptic bridge -- that effectively scaffolds sense-making with multiple representations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1441358</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>