--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10061230</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3173574.3174195</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Playing to Wait: A Taxonomy of Idle Games</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Alharthi, Sultan A.; Alsaedi, Olaa; Toups Dugas, Phoebe O.; Tanenbaum, Theresa Jean; Hammer, Jessica</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2018 CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 15</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Idle games are a recent minimalist gaming phenomenon in which the game is left running with little player interaction. We deepen understanding of idle games and their characteristics by developing a taxonomy and identifying game features. This paper examines 66 idle games using a grounded theory approach to analyze play, game mechanics, rewards, interactivity, progress rate, and user interface. To establish a clearly bounded definition of idle games, we analyzed 10 non-idle games with the same approach. We discuss how idle games move players from playing to planning, how they question dominant assumptions about gameplay, and their unusual use of resources such as player attention and computer cycles. Our work illuminates opportunities for the design of idle games, suggests design implications, and provides a framework for researchers to clearly articulate questions about this genre.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1651532</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM Digital Library</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>