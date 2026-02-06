--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10062408</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IPDPS.2018.00053</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GPU LSM: A Dynamic Dictionary Data Structure for the GPU</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ashkiani, Saman; Li, Shengren; Farach-Colton, Martin; Amenta, Nina; Owens, John D.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 31st IEEE International Parallel and Distributed Processing Symposium</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>430 to 440</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We develop a dynamic dictionary data structure for the GPU, supporting fast insertions and deletions, based on the Log Structured Merge tree (LSM). Our implementation on an NVIDIA K40c GPU has an average update (insertion or deletion) rate of 225 M elements/s, 13.5x faster than merging items into a sorted array. The GPU LSM supports the retrieval operations of lookup, count, and range query operations with an average rate of 75 M, 32 M and 23 M queries/s respectively. The trade-off for the dynamic updates is that the sorted array is almost twice as fast on retrievals. We believe that our GPU LSM is the first dynamic general-purpose dictionary data structure for the GPU.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1637442</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>