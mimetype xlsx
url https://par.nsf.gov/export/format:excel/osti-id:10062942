--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -86,93 +86,81 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10191933</t>
+    <t>10062942</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Detecting Preposition Errors to Target Interlingual Errors in Second Language Writing</t>
-[...26 lines deleted...]
-verbs and their noun arguments.</t>
+    <t>RAPID DIFFERENTIATION OF HOST AND PARASITE EXOSOME VESICLES USING PHOTONIC CRYSTAL BIOSENSOR</t>
+  </si>
+  <si>
+    <t>Wang, Y; Yuan, W; Kimber, M; Lu, M; Dong, L</t>
+  </si>
+  <si>
+    <t>2018-06-03T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Hilton Head Workshop 2018: A Solid-State Sensors, Actuators and Microsystems Workshop, June 3-7, 2018, Hilton Head Island, SC, USA.</t>
+  </si>
+  <si>
+    <t>303 - 305</t>
+  </si>
+  <si>
+    <t>The analysis of membranous extracellular vesicles, such as exosomes vesicles (EV) opens a new direction for the rapid disease diagnosis because EVs can carry molecular constituents of their originating cells. Secreted by mammalian cells, the size of most membrane-bound phospholipid EVs ranges from 50 to 150 nm in diameter. Recent studies have demonstrated the potential of using EVs for cancer diagnosis and treatment monitoring. To diagnose infectious diseases using EVs, the ability to discriminate EVs from host cells and parasites is key. Here, we report a rapid EV analysis assay that can discriminate EVs based on a host-specific transmembrane protein (CD63 antigen) using a label-free optical biosensor.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1705058</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1711839</t>
+  </si>
+  <si>
+    <t>2018</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">