--- v0 (2025-11-02)
+++ v1 (2025-11-03)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10064691</t>
-[...8 lines deleted...]
-    <t>Tian, Wei; Sevilla, Thomas Alonso; Zuo, Wangda; Sohn, Michael D.</t>
+    <t>10388250</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3390/quantum4040042</t>
+  </si>
+  <si>
+    <t>Detecting Quantum Critical Points of Correlated Systems by Quantum Convolutional Neural Network Using Data from Variational Quantum Eigensolver</t>
+  </si>
+  <si>
+    <t>Wrobel, Nathaniel; Baul, Anshumitra; Tam, Ka-Ming; Moreno, Juana</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2017-09-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>0360-1323</t>
+    <t>2022-12-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Quantum Reports</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>574 to 588</t>
+  </si>
+  <si>
+    <t>2624-960X</t>
+  </si>
+  <si>
+    <t>Machine learning has been applied to a wide variety of models, from classical statistical mechanics to quantum strongly correlated systems, for classifying phase transitions. The recently proposed quantum convolutional neural network (QCNN) provides a new framework for using quantum circuits instead of classical neural networks as the backbone of classification methods. We present the results from training the QCNN by the wavefunctions of the variational quantum eigensolver for the one-dimensional transverse field Ising model (TFIM). We demonstrate that the QCNN identifies wavefunctions corresponding to the paramagnetic and ferromagnetic phases of the TFIM with reasonable accuracy. The QCNN can be trained to predict the corresponding ‘phase’ of wavefunctions around the putative quantum critical point even though it is trained by wavefunctions far away. The paper provides a basis for exploiting the QCNN to identify the quantum critical point.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1633338; 1802017</t>
-[...2 lines deleted...]
-    <t>2017</t>
+    <t>1728457; 1852454</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -297,60 +297,62 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>