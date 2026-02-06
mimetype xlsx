--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10064834</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Impact of Argumentation Scaffolds in Contrasting Designs Tasks on Elementary Pre-Service Teachers’ Use of Science Ideas in Engineering Design</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Uruena, Yuri B.; Rebello, Carina M; Dasgupta, Chandan; Magana, Alejandra; Rebello, N. Sanjay</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2017-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Physics Education Research Conference proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2377-2379</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recently there have been calls to integrate engineering design experiences to support students’ scientific understanding. There is a need for instructional strategies in which learners are encouraged to identify and reflect on ways scientific principles can be applied to inform their designs and evaluate alternative designs. Studies show that the inclusion of contrasting cases can improve students’ conceptual understanding and reasoning. Yet, such tasks depend on how they are scaffolded. In this study, pre-service elementary teachers in a conceptual physics course analyzed contrasting solutions to a design problem. Two forms of scaffolds were embedded to facilitate case evaluation: 1) identify similarities and differences and 2) evaluate and produce an argument for a “good” design solution. We investigated the scientific ideas that the participants used as they contrasted multiple design solutions and the impact of the two approaches in students’ understanding of heat transfer.  We found no significant differences in students’ conceptual understanding, but the argumentation condition had a significantly larger number of scientific ideas ‘cited’, ‘explained’ or ‘applied’ in their solutions,. The results suggest that contrasting designs with argumentation may be a promising intervention to facilitate students to use science concepts in engineering design. Future work is needed in order to investigate better scaffolds that can help students’ increase in conceptual learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1712201</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>