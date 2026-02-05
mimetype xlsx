--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10065496</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3185467.3185499</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Uncovering Bugs in P4 Programs with Assertion-based Verification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Freire, Lucas; Neves, Miguel; Leal, Lucas; Levchenko, Kirill; Schaeffer-Filho, Alberto; Barcellos, Marinho</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-03-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Symposium on SDN Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent trends in software-defined networking have extended network programmability to the data plane through programming languages such as P4. Unfortunately, the chance of introducing bugs in the network also increases significantly in this new context. Existing data plane verification approaches are unable to model P4 programs, or they present severe restrictions in the set of properties that can be modeled. In this paper, we introduce a data plane program verification approach based on assertion checking and symbolic execution. Network programmers annotate P4 programs with assertions expressing general security and correctness properties. Once annotated, these programs are transformed into C-based models and all their possible paths are symbolically executed. Results show that the proposed approach, called ASSERT-P4, can uncover a broad range of bugs and software flaws. Furthermore, experimental evaluation shows that it takes less than a minute for verifying various P4 applications proposed in the literature.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1740911</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>