--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10067511</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Impact of a Single Lecture on Program Plans in First-Year CS</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Castro, Francisco Enrique; Krishnamurthi, Shriram; Fisler, Kathi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2017-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Koli Calling</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Most programming problems have multiple viable solutions that organize the underlying problem’s tasks in fundamentally different ways. Which organizations (a.k.a. plans) students implement and prefer depends on solutions they have seen before as well as features of their programming language. How much exposure to planning do students need before they can appreciate and produce different plans? We report on a study in which students in introductory courses at two universities were given a single lecture on planning between assessments. In the post-assessment, many students produced multiple high-level plans (including ones first introduced in the lecture) and richly discussed tradeoffs between plans. This suggests that planning can be taught with fairly low overhead once students have a decent foundation in programming.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1647486</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>