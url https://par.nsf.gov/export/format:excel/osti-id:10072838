--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10072838</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1117/12.2307514</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Sustaining the Montage image mosaic engine since 2002</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Berriman, Graham B.; Good, John C.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-07-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SPIE Proceedings , Software and Cyberinfrastructure for Astronomy V</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10707</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper describes how we have sustained the Montage image mosaic engine (http://montage.ipac.caltech.edu) first released in 2002, to support the ever-growing scale and complexity of modern data sets. The key to its longevity has been its design as a toolkit written in ANSI-C, with each tool performing one distinct task, for easy integration into scripts, pipelines and workflows. The same code base now supports Windows, JavaScript and Python by taking advantage of recent advances in compilers. The design has led to applicability of Montage far beyond what was anticipated when Montage was first built, such as supporting observation planning for the JWST. Moreover, Montage is highly scalable and is in wide use within the IT community to develop advanced, fault-tolerant cyber-infrastructure, such as job schedulers for grids, workflow orchestration, and restructuring techniques for processing complex workflows and pipelines.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1642453</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>