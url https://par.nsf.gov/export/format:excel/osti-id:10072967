--- v0 (2026-01-17)
+++ v1 (2026-02-11)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10072967</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Measuring Infrastructure and Community Recovery Rate Using Bayesian Methods: A Case Study of Power Systems Resilience</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Baroud, H.; Murlidar, S.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual European Safety and Reliability Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>With the increasing frequency and severity of disasters resulting especially from natural hazards and impacting both infrastructure systems and communities, thus challenging their timely recovery, there is a strong need to prepare for more effective response and recovery. Communities have especially struggled to understand the aspects of recovery patterns for different systems and prepare accordingly. Therefore, it is essential to develop models that are able to measure and estimate the recovery trajectory for a certain community or infrastructure network given system characteristics and event information. The objective of the study is to deploy the Poisson Bayesian kernel model developed and tested in earlier work in risk analysis to measure the recovery rate of a system. In this paper, the model is implemented and tested on a resilience modeling case study of power systems. The model is validated using a comparison to other count data models such as Poisson generalized linear model and the negative binomial generalized linear model.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1635717</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>