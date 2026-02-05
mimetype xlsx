--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10073094</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Quantifying Changes in Creativity: Findings from an Engineering Course On the Design of Complex and Origami Structures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hess, J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-06-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2018 ASEE Annual Conference and Exposition</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Engineering educators have increasingly sought strategies for integrating the arts into their curricula. The primary objective of this integration varies, but one common objective is to improve students’ creative thinking skills. In this paper, we sought to quantify changes in student creativity that resulted from participation in a mechanical engineering course targeted at integrating engineering, technology, and the arts. The course was team taught by instructors from mechanical engineering and art. The art instructor introduced origami principles and techniques as a means for students to optimize engineering structures. Through a course project, engineering student teams interacted with art students to perform structural analysis on an origami-based art installation, which was the capstone project of the art instructor’s undergraduate origami course. Three engineering student teams extended this course project to collaborate with the art students in the final design and physical installation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1633426</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>