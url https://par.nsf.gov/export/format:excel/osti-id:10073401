--- v0 (2025-11-02)
+++ v1 (2026-02-11)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,187 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10073401</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Wireless Mesh Networks as Community Hubs: Analysis of Small-Scale Wireless MeshNetworks and Community-Centered Technology Training</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Greig, Jamie A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of information policy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>232-266</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2158-3897</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper addresses two policy questions. Firstly, how might evolving technologies
+associated with broadband networks enhance or hinder marginalized or underserved population groups’ effective use and access to information resources? Secondly, how can we foster public hybrid broadband, situating broadband networks within existing communities, as a means to promote digital self-determination? This study finds that wireless mesh technology initiatives can create and foster community engagement through infrastructure deployment, maintenance and use; combat myths regarding marginalized demographics and technology, and provide marginalized communities with an opportunity to become decision-makers regarding communications technology infrastructure development.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1637540</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>