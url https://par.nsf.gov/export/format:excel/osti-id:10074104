--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,78 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10074104</t>
+    <t>10326567</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>A Need for Speed: Adapting Agent Action Speed to Improve Task Learning from Non-Expert Humans</t>
-[...17 lines deleted...]
-    <t>As robots become pervasive in human environments, it is important to enable users to effectively convey new skills without programming.  Most existing work on Interactive Reinforcement Learning focuses on interpreting and incorporating non-expert human feedback to speed up learning; we aim to design a better representation of the learning agent that is able to elicit more natural and effective communication between the human trainer and the learner, while treating human feedback as discrete communication that depends probabilistically on the trainer's target policy.  This work entails a user study where participants train a virtual agent to accomplish tasks by giving reward and/or punishment in a variety of simulated environments. We present results from 60 participants to show how a learner can ground natural language commands and adapt its action execution speed to learn more efficiently from human trainers. The agent's action execution speed can be successfully modulated to encourage more explicit feedback from a human trainer in areas of the state space where there is high uncertainty. Our results show that our novel adaptive speed agent dominates different fixed speed agents on several measures of performance. Additionally, we investigate the impact of instructions on user performance and user preference in training conditions.</t>
+    <t>DANCING MANHOLE-COVER BASICS</t>
+  </si>
+  <si>
+    <t>v. d. Meulenhof, N. F.'; Tijsseling, A.; Vasconcelos, J. G.</t>
+  </si>
+  <si>
+    <t>2022-07-17T04:00:00Z</t>
+  </si>
+  <si>
+    <t>ASME 2022 Pressure Vessels &amp; Piping Conference</t>
+  </si>
+  <si>
+    <t>A manhole is a shaft that functions as an access point to the underground infrastructure and is covered with a very heavy lid, sometimes weighing more than 100 kg. Occasionally a strange phenomenon occurs in which such a manhole cover is lifted above its opening and sort of dances on or above its supporting ring without any human intervention. This usually happens when it is stormy with heavy rainfall, but it is not tied to one specific location. Videos from all over the world can be found on the internet showing such ’dancing manhole covers’. Sometimes air seems to be the main driving force behind the behavior, sometimes water, and sometimes both. Although the videos are funny, the behavior can create a very dangerous situation for both traffic and pedestrians. In this report, the cause of these ’dancing manhole covers’ is studied. The ’dancing’ is simplified into two different problems: one with an overflow of air and one with an overflow of water. For both problems a simple model consisting of differential equations is proposed and the numerical results are studied. The problem with an overflow of air is driven by an influx of air into the manhole from below, resulting in an increase in pressure, which lifts up the cover, until air is allowed to escape, and the pressure decreases again. Two different approaches for the escaping discharge of air are tried. The overflow of water is driven by a constant pressure that is exerted on a water column inside the manhole. Furthermore, a solution to the dancing problem is proposed: attaching the manhole cover to the ground with a hinge. This solution is tested by using a similar model as the one used for the overflow of air.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1643411</t>
-[...2 lines deleted...]
-    <t>2016</t>
+    <t>2048607</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -289,79 +283,75 @@
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>