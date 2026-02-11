--- v0 (2025-11-02)
+++ v1 (2026-02-11)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10074831</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1039/c7sm02560b</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Modeling solvent evaporation during thin film formation in phase separating polymer mixtures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cummings, John; Lowengrub, John S.; Sumpter, Bobby G.; Wise, Steven M.; Kumar, Rajeev</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Soft Matter</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1833 to 1846</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1744-683X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Preparation of thin films by dissolving polymers in a common solvent followed by evaporation of the solvent has become a routine processing procedure. However, modeling of thin film formation in an evaporating solvent has been challenging due to a need to simulate processes at multiple length and time scales. In this work, we present a methodology based on the principles of linear non-equilibrium thermodynamics, which allows systematic study of various effects such as the changes in the solvent properties due to phase transformation from liquid to vapor and polymer thermodynamics resulting from such solvent transformations. The methodology allows for the derivation of evaporative flux and boundary conditions near each surface for simulations of systems close to the equilibrium. We apply it to study thin film microstructural evolution in phase segregating polymer blends dissolved in a common volatile solvent and deposited on a planar substrate. Effects of the evaporation rates, interactions of the polymers with the underlying substrate and concentration dependent mobilities on the kinetics of thin film formation are studied.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1719854; 1719960</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>