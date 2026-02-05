--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10075909</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Modeling Aggregate Interference with Heterogeneous Secondary Users and Passive Primary Users for Dynamic Admission and Power Control in TV Spectrum</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhao, Zhongyuan; Vuran, Mehmet C.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Balkan Conference on Communications and Networking</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Interference management in current TV white space and Citizens Broadband Radio Service networks is mainly based on geographical separation of primary and secondary users. This approach overprotects primary users at the cost of available spectrum for secondary users. Potential solutions include acquiring more primary user information, such as a measurement-enhanced geographical database, and cooperative primary user, such as the TV set feedback in the next generation TV systems. However, one challenge of these solutions is to effectively manage the aggregate interference at TV receivers from interweaving secondary users. In this paper, a stochastic geometry-based aggregate interference model is developed for unlicensed spectrum shared by heterogeneous secondary users that have various transmit powers and multi-antenna capabilities. Moreover, an efficient computation approach is presented to capture network dynamics in real-time via a down-sampling that preserves high-quantile precision of the model. The stochastic geometry-based model is verified experimentally in ISM band. It is shown that the model enables separate control of admission and transmit power of multiple co-located secondary networks to protect primary users and maximize spectrum utilization.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1731833</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>