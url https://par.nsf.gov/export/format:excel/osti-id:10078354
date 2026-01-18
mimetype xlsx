--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,91 +95,91 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10078354</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mice.12415</t>
   </si>
   <si>
     <t>Edge‐Enhanced Matching for Gradient‐Based Computer Vision Displacement Measurement</t>
   </si>
   <si>
-    <t>Luo, Longxi [Department of Civil Engineering and Engineering Mechanics Columbia University  New York NY USA]; Feng, Maria Q. [Department of Civil Engineering and Engineering Mechanics Columbia University  New York NY USA]</t>
+    <t>Luo, Longxi [Department of Civil Engineering and Engineering Mechanics Columbia University  New York NY USA]; Feng, Maria_Q [Department of Civil Engineering and Engineering Mechanics Columbia University  New York NY USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2018-10-12T04:00:00Z</t>
   </si>
   <si>
     <t>Computer-Aided Civil and Infrastructure Engineering</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>12</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 1019-1040</t>
   </si>
   <si>
     <t>1093-9687</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Computer vision‐based displacement measurement for structural monitoring has grown popular. However, tracking natural low‐contrast targets in low‐illumination conditions is inevitable for vision sensors in the field measurement, which poses challenges for intensity‐based vision‐sensing techniques. A new edge‐enhanced‐matching (EEM) technique improved from the previous orientation‐code‐matching (OCM) technique is proposed to enable robust tracking of low‐contrast features. Besides extracting gradient orientations from images as OCM, the proposed EEM technique also utilizes gradient magnitudes to identify and enhance subtle edge features to form EEM images. A ranked‐segmentation filtering technique is also developed to post‐process EEM images to make it easier to identify edge features. The robustness and accuracy of EEM in tracking low‐contrast features are validated in comparison with OCM in the field tests conducted on a railroad bridge and the long‐span Manhattan Bridge. Frequency domain analyses are also performed to further validate the displacement accuracy.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1738802</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
+    <t>p. 1019-1040</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>