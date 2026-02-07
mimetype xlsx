--- v0 (2026-01-18)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10080982</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/pssa.201800631</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Organic Electrochemical Transistors Based on Room Temperature Ionic Liquids: Performance and Stability</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kaphle, Vikash; Liu, Shiyi; Keum, Chang-Min; Lüssem, Björn</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-10-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>physica status solidi (a)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1800631</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1862-6300</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Organic electrochemical transistors (OECTs) are becoming a key device in the field of organic bioelectronics. For many applications of OECTs, in particular for enzymatic sensing, a complex mixture of room temperature ionic liquids (RTILs) combined with other electrolytes is used as a gate electrolyte, making the interpretation of experimental trends challenging. Here, the switching mechanism of OECTs using such RTILs is studied. It shows that ions smaller in size than the ions contained in the RTIL (e.g., Na+) have to be added to the ionic liquid to ensure switching of the OECTs. Furthermore, it is shown that OECTs based on RTILs exhibit noticeable gate‐bias stress effects and a hysteresis in the electrical transfer characteristics. A model based on incomplete charging/discharging of the effective gate capacitance during operation of the OECT and a dispersion in the ion mobilities is proposed to explain these instabilities, and thus it shows that the hysteresis can be minimized by optimizing the geometry of the device. Overall, a better understanding of the underlying mechanisms of switching and stability of OECTs based on RTILs is the first step toward various applications such as lactate acid sensors and neurotransmitter recording.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1750011</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>