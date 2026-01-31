--- v0 (2025-11-03)
+++ v1 (2026-01-31)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10081667</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5194/bg-12-5365-2015</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Comment on &amp;quot;Solute-specific scaling of inorganic nitrogen and phosphorus uptake in streams&amp;quot; by Hall et al. (2013)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>González-Pinzón, R.; Mortensen, J.; Van Horn, D.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2015-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Biogeosciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5365 to 5369</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1726-4189</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Abstract.&lt;/strong&gt; Hall et al. (2013) presented a synthesis on 969 nutrient tracer experiments conducted primarily in headwater streams (generally &lt; fourth-order streams), with discharges &lt; 200 L s&lt;sup&gt;−1&lt;/sup&gt; for ~90 % of the experiments, and used a scaling method to test the hypothesis that nutrient demand is constant with increasing stream size (i.e., along a river continuum). In this comment we present a reanalysis of a subset of the data used by Hall et al. (2013) and propose that their correlations between nutrient uptake lengths of ecologically important solutes and specific discharge are inadvertently spurious. Therefore, the conclusions derived from such correlations are debatable. We conclude the comment by highlighting some of the uncertainties associated with using modeling frameworks for scaling nutrient uptake in stream ecosystems.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1301346</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>