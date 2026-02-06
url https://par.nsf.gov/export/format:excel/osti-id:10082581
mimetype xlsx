--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10082581</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An Estimation and Analysis Framework for the Rasch Model</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lan, Andrew; Chiang, Mung; Studer, Christoph</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 35th International Conference on Machine Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Rasch model is widely used for item response analysis in applications ranging from recommender systems to psychology, education, and finance. While a number of estimators have been proposed for the Rasch model over the last decades, the associated analytical performance guarantees are mostly asymptotic. This paper provides a framework that relies on a novel linear minimum mean-squared error (L-MMSE) estimator which enables an exact, nonasymptotic, and closed-form analysis of the parameter estimation error under the Rasch model. The proposed framework provides guidelines on the number of items and responses required to attain low estimation errors in tests or surveys. We furthermore demonstrate its efficacy on a number of real-world collaborative filtering datasets, which reveals that the proposed L-MMSE estimator performs on par with state-of-the-art nonlinear estimators in terms of predictive performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1652065</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>