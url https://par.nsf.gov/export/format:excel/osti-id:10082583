--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10082583</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/CISS.2018.8362200</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Linearized binary regression</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lan, Andrew S.; Chiang, Mung; Studer, Christoph</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>52nd Annual Conference on Information Sciences and Systems (CISS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Probit regression was first proposed by Bliss in 1934 to study mortality rates of insects. Since then, an extensive body of work has analyzed and used probit or related binary regression methods (such as logistic regression) in numerous applications and fields. This paper provides a fresh angle to such well-established binary regression methods. Concretely, we demonstrate that linearizing the probit model in combination with linear estimators performs on par with state-of-the-art nonlinear regression methods, such as posterior mean or maximum aposteriori estimation, for a broad range of real-world regression problems. We derive exact, closed-form, and nonasymptotic expressions for the mean-squared error of our linearized estimators, which clearly separates them from nonlinear regression methods that are typically difficult to analyze. We showcase the efficacy of our methods and results for a number of synthetic and real-world datasets, which demonstrates that linearized binary regression finds potential use in a variety of inference, estimation, signal processing, and machine learning applications that deal with binary-valued observations or measurements.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1652065</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>