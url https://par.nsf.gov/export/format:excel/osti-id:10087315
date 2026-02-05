--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,309 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10087315</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Makerspaces vs. engineering shops: initial undergraduate student perspectives</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Youmans, Kate; Villanueva, Idalis; Nadelson, Louis; Lenz, Adam</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-10-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Frontiers in Education Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>#1570430903</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Makerspaces are a growing trend in engineering and STEM (Science, Technology, Engineering and Math) education at both the university and K-12 levels. These spaces
+which, in theory, are characterized by a community of likeminded individuals interested in digital fabrication and innovative design, are argued to provide opportunities to foster the skills sets critical to the next generation of engineers and scientists. However, spaces
+for making are not new to the engineering curriculum as many engineering programs have well-established machine shops orbproject labs that students utilize to complete course projects. In this work-in-progress exploratory study, the authors evaluated early undergraduate students’ perceptions of two contrasting spaces, a contemporary makerspace and a traditional engineering shop. As part of an Introduction to Engineering course, students were asked to visit the two campus spaces, identify important
+equipment and policies they noticed in each space, and describe their perception of how the spaces were similar or different. Based on our initial findings, we speculate that access and safety issues in engineering shops may limit their use by early year
+engineering undergraduates. Alternatively, digital fabrication technologies and community culture in makerspaces can provide access to a hands-on prototyping and collaborative learning environment for early year engineering students.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1664274</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>