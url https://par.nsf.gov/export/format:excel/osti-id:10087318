--- v0 (2025-10-31)
+++ v1 (2026-02-07)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,185 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10087318</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Developing a Measure of Engineering Students’ Makerspace Learning, Perceptions, and Interactions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lanci, Sarah; Nadelson, Louis; Villanueva, Idalis; Bouwma-Gearhart, Jana; Youmans, Kate; Lenz, Adam</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-06-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>American Society of Engineering Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>22089</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1-12</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Makerspaces have become a rather common structure within engineering education programs. The spaces are used in a wide range of configurations but are typically intended to facilitate student collaboration, communication, creativity, and critical thinking, essentially giving students the opportunity to learn 21st century skills and develop deeper understanding of the processes of engineering. Makerspace structure, layout, and use has been fairly well researched, yet the impact of makerspaces on student learning is understudied, somewhat per a lack of tools to measure student learning in these spaces. We developed a survey tool to assess undergraduate engineering students’ perceptions and learning in makerspaces, considering levels of students’ motivation, professional identity, engineering knowledge, and belongingness in the context of makerspaces. Our survey consists of multiple positively-phrased (supporting a condition) and some negatively-phrased (refuting a condition) survey items correlated to each of our four constructs. Our final survey contained 60 selected response items including demographic
+data. We vetted the instrument with an advisory panel for an additional level of validation and piloted the survey with undergraduate engineering students at two universities collecting completed responses from 196 participants. Our reliability analysis and additional statistical calculations revealed our tool was statistically sound and was effectively gathering the data we designed the instrument to measure.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1664274</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>