--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,91 +95,91 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10087900</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mice.12439</t>
   </si>
   <si>
     <t>Wireless charging utility maximization and intersection control delay minimization framework for electric vehicles</t>
   </si>
   <si>
-    <t>Khan, Zadid [Glenn Department of Civil Engineering Clemson University  Clemson SC USA]; Khan, Sakib Mahmud [Glenn Department of Civil Engineering Clemson University  Clemson SC USA]; Chowdhury, Mashrur [Glenn Department of Civil Engineering Clemson University  Clemson SC USA]; Safro, Ilya [School of Computing Clemson University  Clemson SC USA]; Ushijima‐Mwesigwa, Hayato [School of Computing Clemson University  Clemson SC USA]</t>
+    <t>Khan, Zadid [Glenn Department of Civil Engineering Clemson University  Clemson SC USA]; Khan, Sakib_Mahmud [Glenn Department of Civil Engineering Clemson University  Clemson SC USA]; Chowdhury, Mashrur [Glenn Department of Civil Engineering Clemson University  Clemson SC USA]; Safro, Ilya [School of Computing Clemson University  Clemson SC USA]; Ushijima‐Mwesigwa, Hayato [School of Computing Clemson University  Clemson SC USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-03-12T04:00:00Z</t>
   </si>
   <si>
     <t>Computer-Aided Civil and Infrastructure Engineering</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>7</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 547-568</t>
   </si>
   <si>
     <t>1093-9687</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;This study presents the Wireless Charging Utility Maximization (WCUM) framework, which aims to maximize the utility of Wireless Charging Units (WCUs) for electric vehicle (EV) charging through the optimal WCU deployment at signalized intersections. Furthermore, the framework aims to minimize the control delay at all signalized intersections of the network. The framework consists of a two‐step optimization formulation, a dynamic traffic assignment model to calculate the user equilibrium, a traffic microsimulator to formulate the objective functions, and a global Mixed Integer Non‐Linear Programming (MINLP) optimization solver. An optimization problem is formulated for each intersection, and another for the entire network. The performance of the WCUM framework is tested using the Sioux Falls network. We perform a comparative study of 12 global MINLP solvers with a case study. Based on solution quality and computation time, we choose the Couenne solver for this framework.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1647361</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
+    <t>p. 547-568</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>