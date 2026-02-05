--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10088262</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dynamic Pricing of Wireless Internet Based on Usage and Stochastically Changing Capacity</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Batur, Demet; Ryan, Jennifer K.; Zhao, Zhongyuan; Vuran, Mehmet C.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Manufacturing &amp; service operations management</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1523-4614</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Problem definition: Inspired by new developments in dynamic spectrum access, we study the dynamic pricing of wireless Internet access when demand and capacity (bandwidth) are stochastic. Academic/practical relevance: The demand for wireless Internet access has increased enormously. However, the spectrum available to wireless service providers is limited. The industry has, thus, altered conventional license-based spectrum access policies through unlicensed spectrum operations. The additional spectrum obtained through these operations has stochastic capacity. Thus, the pricing of this service by the service provider has novel challenges. The problem considered in this paper is, therefore, of high practical relevance and new to the academic literature. Methodology: We study this pricing problem using a Markov decision process model in which customers are posted dynamic prices based on their bandwidth requirement and the available capacity. Results: We characterize the structure of the optimal pricing policy as a function of the system state and of the input parameters. Because it is impossible to solve this problem for practically large state spaces, we propose a heuristic dynamic pricing policy that performs very well, particularly when the ratio of capacity to demand rate is low. Managerial implications: We demonstrate the value of using a dynamic heuristic pricing policy compared with the myopic and optimal static policies. The previous literature has studied similar systems with fixed capacity and has characterized conditions under which myopic policies perform well. In contrast, our setting has dynamic (stochastic) capacity, and we find that identifying good state-dependent heuristic pricing policies is of greater importance. Our heuristic policy is computationally more tractable and easier to implement than the optimal dynamic and static pricing policies. It also provides a significant performance improvement relative to the myopic and optimal static policies when capacity is scarce, a condition that holds for the practical setting that motivated this research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1731833</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>