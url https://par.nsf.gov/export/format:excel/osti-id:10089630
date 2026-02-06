--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10089630</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.12775/3991-1.097</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Conceptual categories scaffold verbal semantic structure: A cross-cultural study of child homesign</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rissman, Lilia; Horton, Laura; Goldin-Meadow, Susan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 12th International Conference on the Evolution of Language</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>405</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In language evolution, formation of conceptual categories preceded formation of linguistic semantic categories (Hurford, 2007). The mapping from concepts to semantics is non-isomorphic, however, as particular languages categorize conceptual space in divergent ways (e.g. English put in is acceptable for both tight-fit and loose-fit relations, while Korean kkita encodes tight-fit relationships only; Choi &amp; Bowerman, 1991). Despite this variation, are there crosslinguistic patterns in how words lexicalize conceptual space? We address this question analyzing how child homesigners from four different cultures describe instrumental events (e.g. cutting bread with a knife). Homesigners are congenitally deaf individuals who have not been taught a signed language. Despite growing up without structured linguistic input, these individuals use a gestural system ("homesign") to communicate (Goldin-Meadow, 2003). We find that homesign descriptions of instrumental events reflect categories present in adult English, Spanish and Mandarin, suggesting crosslinguistic biases for how verbs encode the conceptual space of events, biases which may have been present over the course of language evolution.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1654154</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>