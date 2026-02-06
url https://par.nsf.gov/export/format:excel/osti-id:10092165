--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10092165</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/scirobotics.aau5171</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Developable mechanisms on developable surfaces</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nelson, Todd G.; Zimmerman, Trent K.; Magleby, Spencer P.; Lang, Robert J.; Howell, Larry L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-02-13T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science Robotics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>eaau5171</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2470-9476</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The trend toward smaller mechanism footprints and volumes, while maintaining the ability to perform complex tasks, presents the opportunity for exploration of hypercompact mechanical systems integrated with curved surfaces. Developable surfaces are shapes that a flat sheet can take without tearing or stretching, and they represent a wide range of manufactured surfaces. This work introduces “developable mechanisms” as devices that emerge from or conform to developable surfaces. They are made possible by aligning hinge axes with developable surface ruling lines to enable mobility. Because rigid-link motion depends on the relative orientation of hinge axes and not link geometry, links can take the shape of the corresponding developable surface. Mechanisms are classified by their associated surface type, and these relationships are defined and demonstrated by example. Developable mechanisms show promise for meeting unfilled needs using systems not previously envisioned.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1663345</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>