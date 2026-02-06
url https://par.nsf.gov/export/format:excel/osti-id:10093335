--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10093335</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Triangulation of Data Using Textual Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Aiello, Kenneth; Simeone, Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Isis</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0021-1753</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This essay describes essential considerations and select methods in computational text analysis for use in the study of history.  We explore specific approaches that can be used for understanding conceptual change over time in a large corpus of documents. By way of example, using a corpus of 27,977 articles collected on the microbiome, this paper studies: 1) the general microbiome discourse for 2001 to 2010; 2) the usage and sense of the word “human” from 2001 to 2010; and 3) highlights shifts in the microbiome discourse from 2001 to 2010.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1734236</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>