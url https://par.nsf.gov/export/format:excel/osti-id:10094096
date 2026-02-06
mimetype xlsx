--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10094096</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3279778.3279805</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Haptic Video Player: Using Mobile Robots to Create Tangible Video Annotations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Guinness, Darren; Muehlbradt, Annika; Szafir, Daniel; Kane, Shaun K.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2018 ACM International Conference on Interactive Surfaces and Spaces (ISS 2018)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>203 to 211</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Video and animation are common ways of delivering concepts that cannot be easily communicated through text. This visual information is often inaccessible to blind and visually impaired people, and alternative representations such as Braille and audio may leave out important details. Audio-haptic displays with along with supplemental descriptions allow for the presentation of complex spatial information, along with accompanying description. We introduce the Haptic Video Player, a system for authoring and presenting audio-haptic content from videos. The Haptic Video Player presents video using mobile robots that can be touched as they move over a touch screen. We describe the design of the Haptic Video Player system, and present user studies with educators and blind individuals that demonstrate the ability of this system to render dynamic visual content non-visually.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1652907; 1619384</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>