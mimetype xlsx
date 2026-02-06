--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10094357</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1117/12.2519372</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Security engineering with machine learning for adversarial resiliency in cyber physical systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Olowononi, Felix; Rawat, Danda; Garuba, Moses; Kamhoua, Charles</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-05-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SPIE Artificial Intelligence and Machine Learning for Multi-Domain Operations Applications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent technological advances provide the opportunities to bridge the physical world with cyber-space that leads to complex and multi-domain cyber physical systems (CPS) where physical systems are monitored and controlled using numerous smart sensors and cyber space to respond in real-time based on their operating environment. However, the rapid adoption of smart, adaptive and remotely accessible connected devices in CPS makes the cyberspace more complex and diverse as well as more vulnerable to multitude of cyber-attacks and adversaries. In this paper, we aim to design, develop and evaluate a distributed machine learning algorithm for adversarial resiliency where developed algorithm is expected to provide security in adversarial environment for critical mobile CPS.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1828811</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>