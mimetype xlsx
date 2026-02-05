--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10095246</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Is the Nice Cybersecurity Workforce Framework (NCWF) Effective for a Workforce Comprising of Interdisciplinary Majors?</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jacob, Johanna; Wei, Wei; Sha, Kewei; Davari, Sadegh; Yang, T. Andrew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 16th International Conference on Scientific Computing (CSC'18). Las Vegas, USA.</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Cybersecurity is a rapidly developing field in which job titles and role descriptions may vary from one organization to the others. The NICE Cybersecurity Workforce Framework (NCWF) provides a common language to categorize and describe cybersecurity work for organizations to build a strong workforce. As the predominant workforce prescribed by the NCWF is technical in nature, academic efforts targeted towards these career paths are likewise technical. Though technical security education is critical, an equal amount of knowledge outside the technical domain is pivotal to understand sophisticated challenges in cybersecurity. Articulating a concise, inclusive, meaningful, and unifying approach in cyber related education fosters a balanced motivation for students from both technical and non-technical majors (interdisciplinary) to pursue a career in cybersecurity. Towards this end, we analyzed competencies, knowledge, skills and abilities of interdisciplinary roles and other roles introduced in the NCWF; we then highlighted discrepancies observed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1723596</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>