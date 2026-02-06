--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10095360</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Studying Affect Dynamics and Chronometry Using Sensor-Free Detectors</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Botelho, A. F.; Baker, R. S.; Ocumpaugh, J.; Heffernan, N. T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 11th International Conference on Educational Data Mining</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>157-166</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Student affect has been found to correlate with short- and long-term learning outcomes, including college attendance as well as interest and involvement in Science, Technology, Engineering, and Mathematics (STEM) careers. However, there still remain significant questions about the processes by which affect shifts and develops during the learning process. Much of this research can be split into affect dynamics, the study of the temporal transitions between affective states, and affective chronometry, the study of how an affect state emerges and dissipates over time. Thus far, these affective processes have been primarily studied using field observations, sensors, or student self-report measures; however, these approaches can be coarse, and obtaining finer grained data produces challenges to data fidelity. Recent developments in sensor-free detectors of student affect, utilizing only the data from student interactions with a computer based learning platform, open an opportunity to study affect dynamics and chronometry at moment-to-moment levels of granularity. This work presents a novel approach, applying sensor-free detectors to study these two prominent problems in affective research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1724889</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>