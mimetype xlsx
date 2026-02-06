--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10095783</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Integrating computational thinking in elementary classrooms: Introducing a toolkit to support teachers</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yadav, A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Society for Information Technology &amp; Teacher Education International Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Driven by the need for students to be prepared for a world driven by computation, a number of recent educational reforms in science and mathematics have called for computational thinking concepts to be integrated into these content areas. However, in order for computational thinking (CT) to permeate K-12 education, we need to educate teachers about what CT ideas are and how they relate to what happens in their classroom on a day-to-day basis. This paper presents a toolkit to scaffold elementary teachers’ understanding of computational thinking ideas and how to integrate them into their lesson plans.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1738677; 1502462</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>