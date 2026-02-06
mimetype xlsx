--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10095801</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/NFV-SDN.2018.8725657</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Distributed Security Network Functions against Botnet Attacks in Software-defined Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Park, Younghee; Kengalahalli, Nikhil Vijayakumar; Chang, Sang-Yoon</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-11-27T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Conference on Network Function Virtualization and Software Defined Networks (NFV-SDN)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>For the past decade, botnets have dominated network attacks in spite of significant research advances in defending against them. The distributed attack sources, the network size, and the diverse botnet attack techniques challenge the effectiveness of a single-point centralized security solution. This paper proposes a distributed security system against large-scale disruptive botnet attacks by using SDN/NFV and machine-learning. In our system, a set of distributed network functions detect network attacks for each protocol and to collect real-time traffic information, which also gets relayed to the SDN controller for more sophisticated analyses. The SDN controller then analyzes the real-time traffic with the only forwarded information using machine learning and updates the flow rule or take routing/bandwidth-control measures, which get executed on the nodes implementing the security network functions. Our evaluations show the proposed system to be an efficient and effective defense method against botnet attacks. The evaluation results demonstrated that the proposed system detects large-scale distributed network attacks from botnets at the SDN controller while the network functions locally detect known attacks across different networking protocols.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1723804</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>