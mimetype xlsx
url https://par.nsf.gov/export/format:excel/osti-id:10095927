--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10095927</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Adversarial Attack on Graph Structured Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dai, Hanjun; Li, Hui; Tian, Tian; Huang, Xin; Wang, Lin; Zhu, Jun; Song, Le</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-07-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 35th International Conference on Machine Learning, PMLR</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1115-1124</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Deep learning on graph structures has shown exciting results in various applications. However, few attentions have been paid to the robustness of such models, in contrast to numerous research work for image or text adversarial attack and defense. In this paper, we focus on the adversarial attacks that fool deep learning models by modifying the combinatorial structure of data. We first propose a reinforcement learning based attack method that learns the generalizable attack policy, while only requiring prediction labels from the target classifier. We further propose attack methods based on genetic algorithms and gradient descent in the scenario where additional prediction confidence or gradients are available. We use both synthetic and real-world data to show that, a family of Graph Neural Network models are vulnerable to these attacks, in both graph-level and node-level classification tasks. We also show such attacks can be used to diagnose the learned classifiers.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1704701</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>