--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10096197</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/galaxies6040127</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Extraordinary Linear Polarisation Structure of the Southern Centaurus A Lobe Revealed by ASKAP</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Anderson, Craig; Heald, George; O’Sullivan, Shane; Bunton, John; Carretti, Ettore; Chippendale, Aaron; Collier, Jordan; Farnes, Jamie; Gaensler, Bryan; Harvey-Smith, Lisa; Koribalski, Bärbel; Landecker, Tom; Lenc, Emil; McClure-Griffiths, Naomi; Mitchell, Daniel; Rudnick, Lawrence; West, Jennifer</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Galaxies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>127</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2075-4434</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present observations of linear polarisation in the southern radio lobe of Centaurus A, conducted during commissioning of the Australian Square Kilometre Array Pathfinder (ASKAP) telescope. We used 16 antennas to observe a 30 square degree region in a single 12-h pointing over a 240 MHz band centred on 913 MHz. Our observations achieve an angular resolution of     26 × 33     arcseconds (480 parsecs), a maximum recoverable angular scale of 30 arcminutes, and a full-band sensitivity of 85    μ   Jy beam      − 1     . The resulting maps of polarisation and Faraday rotation are amongst the most detailed ever made for radio lobes, with order 10     5     resolution elements covering the source. We describe several as-yet unreported observational features of the lobe, including its detailed peak Faraday depth structure, and intricate networks of depolarised filaments. These results demonstrate the exciting capabilities of ASKAP for widefield radio polarimetry.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1714205</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>