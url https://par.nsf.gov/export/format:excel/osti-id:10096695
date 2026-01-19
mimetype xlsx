--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,78 +86,81 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10087202</t>
+    <t>10096695</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>QDB: From Quantum Algorithms Towards Correct Quantum Programs.</t>
-[...11 lines deleted...]
-    <t>With the advent of small-scale prototype quantum computers, researchers can now code and run quantum algorithms that were previously proposed but not fully implemented. In support of this growing interest in quantum computing experimentation, programmers need new tools and techniques to write and debug QC code. In this work, we implement a range of QC algorithms and programs in order to discover what types of bugs occur and what defenses against those bugs are possible in QC programs. We conduct our study by running small-sized QC programs in QC simulators in order to replicate published results in QC implementations. Where possible, we cross-validate results from programs written in different QC languages for the same problems and inputs. Drawing on this experience, we provide a taxonomy for QC bugs, and we propose QC language features that would aid in writing correct code.</t>
+    <t>Undergraduates Transitioning from STEM Degrees to Elementary Education Degrees: Driving values and motivating factors</t>
+  </si>
+  <si>
+    <t>Francom, Rachel; Barth-Cohen, Lauren; Gutiérrez, Jose.</t>
+  </si>
+  <si>
+    <t>2019-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Annual meeting program - American Educational Research Association</t>
+  </si>
+  <si>
+    <t>0163-9676</t>
+  </si>
+  <si>
+    <t>Elementary school teachers who enter the profession with positive STEM attitudes and abilities have increased confidence in teaching math and science which can positively impact their students. Understanding the reasons why STEM majors switch career paths and persist in elementary education could have implications for undergraduate recruitment as well as long-term teacher retention. This paper presents two case studies using interview data involving fourth-year undergraduate elementary teacher candidates, both former STEM majors. In this qualitative analysis, I unpack motivating factors pertinent to their educational choices, in particular why participants switched from STEM fields to education. Results show high value is placed on elements like creative license, enjoyable classrooms, strong relationships, and safe spaces to take risks. Less important are lucrative careers and professional “success.”</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1730082</t>
-[...2 lines deleted...]
-    <t>2018</t>
+    <t>1712493</t>
+  </si>
+  <si>
+    <t>2019</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -284,74 +287,76 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" s="0"/>
-      <c r="L2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>32</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>