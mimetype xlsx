--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10099431</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Learning Factorized Multimodal Representations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tsai, Yao-Hung Hubert; Liang, Paul Pu; Zadeh, Amir; Morency, Louis-Philippe; Salakhutdinov, Ruslan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-02-21T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference on Representation Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Learning multimodal representations is a fundamentally complex research problem due to the presence of multiple heterogeneous sources of information. Although the presence of multiple modalities provides additional valuable information, there are two key challenges to address when learning from multimodal data: 1) models must learn the complex intra-modal and cross-modal interactions for prediction and 2) models must be robust to unexpected missing or noisy modalities during testing. In this paper, we propose to optimize for a joint generative-discriminative objective across multimodal data and labels. We introduce a model that factorizes representations into two sets of independent factors: multimodal discriminative and modality-specific generative factors. Multimodal discriminative factors are shared across all modalities and contain joint multimodal features required for discriminative tasks such as sentiment prediction. Modality-specific generative factors are unique for each modality and contain the information required for generating data. Experimental results show that our model is able to learn meaningful multimodal representations that achieve state-of-the-art or competitive performance on six multimodal datasets. Our model demonstrates flexible generative capabilities by conditioning on independent factors and can reconstruct missing modalities without significantly impacting performance. Lastly, we interpret our factorized representations to understand the interactions that influence multimodal learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1750439; 1722822</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>