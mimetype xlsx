--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10101116</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3293883.3295706</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Engineering a High-Performance GPU B-Tree</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Awad, Muhammad A.; Ashkiani, Saman; Johnson, Rob; Farach-Colton, Martín; Owens, John D.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 24th ACM SIGPLAN Symposium on Principles and Practice of Parallel Programming</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>145 to 157</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We engineer a GPU implementation of a B-Tree that supports  concurrent queries (point, range, and successor) and updates (insertions and deletions).  Our B-tree outperforms the state of the art, a GPU log-structured merge tree (LSM) and a GPU sorted array. In particular, point and range queries are significantly faster than in a GPU LSM (the GPU LSM does not implement successor queries).  Furthermore, B-Tree insertions are also faster than LSM and sorted array insertions unless insertions come in batches of more than roughly 100k.  Because we cache the upper levels of the tree, we achieve lookup throughput that exceeds the DRAM bandwidth of the GPU. We demonstrate that the key limiter of performance on a GPU is contention and describe the design choices that allow us to achieve this high performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1637442; 1745331</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>