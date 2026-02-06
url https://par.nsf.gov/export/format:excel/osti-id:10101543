--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10101543</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3287324.3287333</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Rethinking Debugging as Productive Failure for CS Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kafai, Yasmin B.; DeLiema, David; Fields, Deborah A.; Lewandowski, Gary; Colleen, Colleen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIGCSE '19 Proceedings of the 50th ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>169 to 170</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Computational thinking has become the calling card for re-introducing coding into schools. While much attention has focused on how students engage in designing systems, applications, and other computational artifacts as a measure of success for computational thinking, far fewer efforts have focused on what goes into remediating problems in designing systems and interactions because learners invariably make mistakes that need fixing-or debugging. In this panel, we examine the often overlooked practice of debugging that presents significant learning challenges (and opportunities) to students in completing assignments and instructional challenges to teachers in helping students to succeed in their classrooms. The panel participants will review what we know and don't know about debugging, discuss ways to conceptualize and study debugging, and present instructional approaches for helping teachers and students to engage productively in debugging situations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1742140</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>