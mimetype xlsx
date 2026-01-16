--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,91 +95,91 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10102308</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mice.12449</t>
   </si>
   <si>
     <t>Pruning deep convolutional neural networks for efficient edge computing in condition assessment of infrastructures</t>
   </si>
   <si>
-    <t>Wu, Rih‐Teng [Lyles School of Civil Engineering Purdue University West Lafayette Indiana]; Singla, Ankush [Department of Computer Science Purdue University West Lafayette Indiana]; Jahanshahi, Mohammad R. [Lyles School of Civil Engineering Purdue University West Lafayette Indiana, School of Electrical and Computer Engineering Purdue University West Lafayette Indiana]; Bertino, Elisa [Department of Computer Science Purdue University West Lafayette Indiana]; Ko, Bong Jun [IBM Thomas J. Watson Research Center Yorktown Heights New York]; Verma, Dinesh [IBM Thomas J. Watson Research Center Yorktown Heights New York]</t>
+    <t>Wu, Rih‐Teng [Lyles School of Civil Engineering Purdue University West Lafayette Indiana]; Singla, Ankush [Department of Computer Science Purdue University West Lafayette Indiana]; Jahanshahi, Mohammad_R [Lyles School of Civil Engineering Purdue University West Lafayette Indiana, School of Electrical and Computer Engineering Purdue University West Lafayette Indiana]; Bertino, Elisa [Department of Computer Science Purdue University West Lafayette Indiana]; Ko, Bong_Jun [IBM Thomas J. Watson Research Center Yorktown Heights New York]; Verma, Dinesh [IBM Thomas J. Watson Research Center Yorktown Heights New York]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-05-21T04:00:00Z</t>
   </si>
   <si>
     <t>Computer-Aided Civil and Infrastructure Engineering</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>9</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 774-789</t>
   </si>
   <si>
     <t>1093-9687</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Health monitoring of civil infrastructures is a key application of Internet of things (IoT), while edge computing is an important component of IoT. In this context, swarms of autonomous inspection robots, which can replace current manual inspections, are examples of edge devices. Incorporation of pretrained deep learning algorithms into these robots for autonomous damage detection is a challenging problem since these devices are typically limited in computing and memory resources. This study introduces a solution based on network pruning using Taylor expansion to utilize pretrained deep convolutional neural networks for efficient edge computing and incorporation into inspection robots. Results from comprehensive experiments on two pretrained networks (i.e., VGG16 and ResNet18) and two types of prevalent surface defects (i.e., crack and corrosion) are presented and discussed in detail with respect to performance, memory demands, and the inference time for damage detection. It is shown that the proposed approach significantly enhances resource efficiency without decreasing damage detection performance.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1636891</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
+    <t>p. 774-789</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>