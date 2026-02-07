--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10103979</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3302541.3313097</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Performance and Recommendation System for Parallel Graph Processing Implementations: Work-In-Progress</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pollard, Samuel D.; Srinivasan, Sudharshan; Norris, Boyana</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-04-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ICPE '19 Companion of the 2019 ACM/SPEC International Conference on Performance Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>25 to 28</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>There are nearly one hundred parallel and distributed graph processing packages. Selecting the best package for a given problem is difficult; some packages require GPUs, some are optimized for distributed or shared memory, and some require proprietary compilers or perform better on different hardware. Furthermore, performance may vary wildly depending on the graph itself. This complexity makes selecting the optimal implementation manually infeasible. We develop an approach to predict the performance of parallel graph processing using both regression models and binary classification by labeling configurations as either well-performing or not. We demonstrate our approach on six graph processing packages: GraphMat, the Graph500, the Graph Algorithm Platform Benchmark Suite, GraphBIG, Galois, and PowerGraph and on four algorithms: PageRank, single-source shortest paths, triangle counting, and breadth first search. Given a graph, our method can estimate execution time or suggest an implementation and thread count expected to perform well. Our method correctly identifies well-performing configurations in 97% of test cases.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717854; 1717883; 1725585</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>