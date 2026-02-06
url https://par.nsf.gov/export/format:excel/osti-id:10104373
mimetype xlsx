--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10104373</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>To Ship or Not to (Function) Ship</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Feilong; Kamat, Niranjan; Blanas, Spyros; Nandi, Arnab</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-09-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2018 IEEE High Performance Extreme Computing Conference (HPEC '18)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Sampling is often used to reduce query latency for interactive big data analytics. The established parallel data processing paradigm relies on function shipping, where a coordinator dispatches queries to worker nodes and then collects the results. The commoditization of high-performance networking makes data shipping possible, where the coordinator directly reads data in the workers’ memory using RDMA while workers process other queries. In this work, we explore when to use function shipping or data shipping for interactive query processing with sampling. Whether function shipping or data shipping should be preferred depends on the amount of data transferred, the current CPU utilization and the sampling method. The results show that data shipping is up to 6.5× faster when performing clustered sampling with heavily-utilized workers.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1816577</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>